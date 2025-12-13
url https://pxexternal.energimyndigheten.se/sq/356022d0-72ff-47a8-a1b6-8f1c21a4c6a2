--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc016044fa7f4bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/045064406b2a494d85bdff85058792f4.psmdcp" Id="R25ca8d5d125a49e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc080a2d1cad148e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aed9d13e8de449d1bccd74058a85c633.psmdcp" Id="Rb721d1a33da94c7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0122_3" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Produktion av sönderdelade oförädlade primära skogsbränslen av inhemskt ursprung med fördelning på sortiment, GWh,  2013- efter År och Sortiment</x:t>
   </x:si>
   <x:si>
     <x:t>Stamvedsflis</x:t>
   </x:si>
   <x:si>