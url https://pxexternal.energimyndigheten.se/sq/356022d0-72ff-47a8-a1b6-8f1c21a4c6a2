--- v1 (2025-12-13)
+++ v2 (2026-01-15)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc080a2d1cad148e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aed9d13e8de449d1bccd74058a85c633.psmdcp" Id="Rb721d1a33da94c7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a555bada354d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd0c985fcdd44431a7af5677de0c7ea1.psmdcp" Id="Rad8f9d22dd304bb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="EN0122_3" sheetId="2" r:id="rId2"/>
+    <x:sheet name="EN0122" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
-[...1 lines deleted...]
-    <x:t>Produktion av sönderdelade oförädlade primära skogsbränslen av inhemskt ursprung med fördelning på sortiment, GWh,  2013- efter År och Sortiment</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
+  <x:si>
+    <x:t>Produktion av sönderdelade oförädlade primära skogsbränslen av inhemskt ursprung med fördelning på sortiment, GWh, 2013- efter År och Sortiment</x:t>
   </x:si>
   <x:si>
     <x:t>Stamvedsflis</x:t>
   </x:si>
   <x:si>
     <x:t>Grotflis</x:t>
   </x:si>
   <x:si>
     <x:t>Träddelsflis</x:t>
   </x:si>
   <x:si>
     <x:t>Stubbflis</x:t>
   </x:si>
   <x:si>
     <x:t>Park- och trädgårdsrester</x:t>
   </x:si>
   <x:si>
     <x:t>Brännved</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
@@ -67,78 +67,72 @@
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Källa:</x:t>
-[...8 lines deleted...]
-    <x:t>Johan Vinterbäck, Phone: +46(0)16-5442073, E-mail: johan.vinterback@energimyndigheten.se</x:t>
+    <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Senaste uppdatering:</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20251217 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>GWh</x:t>
   </x:si>
   <x:si>
     <x:t>Officiell statistik</x:t>
   </x:si>
   <x:si>
-    <x:t>Databas:</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
   <x:si>
-    <x:t>EN0122_3</x:t>
+    <x:t>EN0122</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="0"/>
   </x:numFmts>
   <x:fonts count="3">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="14"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -486,51 +480,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H40"/>
+  <x:dimension ref="A1:H37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="8" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>4</x:v>
@@ -664,63 +658,63 @@
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>302</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>9602</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>25473</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>4834</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>9229</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>963</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>263</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>8113</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
-        <x:v>23497</x:v>
+        <x:v>23499</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>5082</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>8921</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>822</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>239</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>7705</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
@@ -728,200 +722,206 @@
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>4597</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>7828</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>605</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>246</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>7698</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
-        <x:v>21029</x:v>
+        <x:v>21028</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>6199</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>9344</x:v>
+        <x:v>9184</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>752</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>281</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>7840</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
-        <x:v>24486</x:v>
+        <x:v>24326</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>6545</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>9730</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>752</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>378</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>7759</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>25231</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>6354</x:v>
+        <x:v>6062</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>8995</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>886</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>274</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>295</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>7229</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
-        <x:v>24034</x:v>
+        <x:v>23740</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:8">
+      <x:c r="A15" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B15" s="3" t="n">
+        <x:v>6026</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>8859</x:v>
+      </x:c>
+      <x:c r="D15" s="3" t="n">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="E15" s="3" t="n">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F15" s="3" t="n">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="G15" s="3" t="n">
+        <x:v>7036</x:v>
+      </x:c>
+      <x:c r="H15" s="3" t="n">
+        <x:v>23066</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
-        <x:v>20</x:v>
-[...3 lines deleted...]
-      <x:c r="A21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:8">
-      <x:c r="A22" s="0" t="s">
+    <x:row r="24" spans="1:8">
+      <x:c r="A24" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:8">
-      <x:c r="A26" s="0" t="s">
+    <x:row r="33" spans="1:8">
+      <x:c r="A33" s="0" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
-        <x:v>20</x:v>
-[...9 lines deleted...]
-        <x:v>28</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
-      <vt:lpstr>EN0122_3</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>EN0122_3!Print_Titles</vt:lpstr>
+      <vt:lpstr>EN0122</vt:lpstr>
+      <vt:lpstr>EN0122!Print_Area</vt:lpstr>
+      <vt:lpstr>EN0122!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>