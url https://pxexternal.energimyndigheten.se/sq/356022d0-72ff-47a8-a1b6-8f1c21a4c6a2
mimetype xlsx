--- v2 (2026-01-15)
+++ v3 (2026-02-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a555bada354d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd0c985fcdd44431a7af5677de0c7ea1.psmdcp" Id="Rad8f9d22dd304bb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b11d278d9864b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f62360a67994af2a6c71f9182e46cb0.psmdcp" Id="Ra1f20f58741c405a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0122" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <x:si>
     <x:t>Produktion av sönderdelade oförädlade primära skogsbränslen av inhemskt ursprung med fördelning på sortiment, GWh, 2013- efter År och Sortiment</x:t>
   </x:si>
   <x:si>
     <x:t>Stamvedsflis</x:t>
   </x:si>
   <x:si>