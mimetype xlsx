--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b11d278d9864b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f62360a67994af2a6c71f9182e46cb0.psmdcp" Id="Ra1f20f58741c405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R918c5566b3524f4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d721417790c74bcb96a6ef92fac66028.psmdcp" Id="R48c10d5491a34d31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0122" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <x:si>
     <x:t>Produktion av sönderdelade oförädlade primära skogsbränslen av inhemskt ursprung med fördelning på sortiment, GWh, 2013- efter År och Sortiment</x:t>
   </x:si>
   <x:si>
     <x:t>Stamvedsflis</x:t>
   </x:si>
   <x:si>