--- v4 (2026-02-25)
+++ v5 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R918c5566b3524f4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d721417790c74bcb96a6ef92fac66028.psmdcp" Id="R48c10d5491a34d31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64276fb0253944d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f396f8edc3314f4e95289fb460c22991.psmdcp" Id="Rc43a077edc234c53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0122" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <x:si>
     <x:t>Produktion av sönderdelade oförädlade primära skogsbränslen av inhemskt ursprung med fördelning på sortiment, GWh, 2013- efter År och Sortiment</x:t>
   </x:si>
   <x:si>
     <x:t>Stamvedsflis</x:t>
   </x:si>
   <x:si>