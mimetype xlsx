--- v0 (2025-12-13)
+++ v1 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7aa0b2c91fb4d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/855bce3cbbaa4965ab941c7d1d60854c.psmdcp" Id="R5e43fd5f874d4c0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3d7897775c041f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e26145d6777a49d390e2f2496503bd4b.psmdcp" Id="R3a580b79906b4278" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0118_7" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Biodrivmedelsanvändningen inom transportsektorn (inrikes), TWh, 1997-</x:t>
   </x:si>
   <x:si>
     <x:t>TWh</x:t>
   </x:si>
   <x:si>