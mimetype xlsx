--- v1 (2026-01-09)
+++ v2 (2026-01-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3d7897775c041f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e26145d6777a49d390e2f2496503bd4b.psmdcp" Id="R3a580b79906b4278" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4198d7be95504f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a459aaa9ec6438893578b5657eae29e.psmdcp" Id="R5cb5492ec02148ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0118_7" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Biodrivmedelsanvändningen inom transportsektorn (inrikes), TWh, 1997-</x:t>
   </x:si>
   <x:si>
     <x:t>TWh</x:t>
   </x:si>
   <x:si>