--- v2 (2026-01-29)
+++ v3 (2026-02-19)
@@ -1,68 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4198d7be95504f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a459aaa9ec6438893578b5657eae29e.psmdcp" Id="R5cb5492ec02148ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb416778b1c24f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1453befbcc8243ae9f962056f1354f83.psmdcp" Id="R83a715bfd4af47a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0118_7" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Biodrivmedelsanvändningen inom transportsektorn (inrikes), TWh, 1997-</x:t>
   </x:si>
   <x:si>
     <x:t>TWh</x:t>
   </x:si>
   <x:si>
-    <x:t>1998</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1999</x:t>
   </x:si>
   <x:si>
     <x:t>2000</x:t>
   </x:si>
   <x:si>
     <x:t>2001</x:t>
   </x:si>
   <x:si>
     <x:t>2002</x:t>
   </x:si>
   <x:si>
     <x:t>2003</x:t>
   </x:si>
   <x:si>
     <x:t>2004</x:t>
   </x:si>
   <x:si>
     <x:t>2005</x:t>
   </x:si>
   <x:si>
     <x:t>2006</x:t>
   </x:si>
   <x:si>
     <x:t>2007</x:t>
@@ -94,54 +91,57 @@
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
+    <x:t>2024</x:t>
+  </x:si>
+  <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250207 08:00</x:t>
+    <x:t>20260128 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Energimyndigheten</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Viktor Ahlberg, Tel: +46(0)-165420627, E-post: viktor.ahlberg@energimyndigheten.se</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Officiell statistik</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
   <x:si>
     <x:t>EN0118_7</x:t>
   </x:si>
@@ -553,235 +553,235 @@
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>5.3</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>6.1</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>7.3</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>9.5</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>11.5</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>14.3</x:v>
+        <x:v>16.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>16.4</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>16.8</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="0" t="s">
         <x:v>32</x:v>