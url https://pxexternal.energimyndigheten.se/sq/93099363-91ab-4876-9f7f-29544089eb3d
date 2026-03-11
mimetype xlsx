--- v3 (2026-02-19)
+++ v4 (2026-03-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb416778b1c24f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1453befbcc8243ae9f962056f1354f83.psmdcp" Id="R83a715bfd4af47a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R366c70e3821f4944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e9a7c043dd54e79831a2a07432fbe92.psmdcp" Id="Reb9463c8e3504d75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0118_7" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Biodrivmedelsanvändningen inom transportsektorn (inrikes), TWh, 1997-</x:t>
   </x:si>
   <x:si>
     <x:t>TWh</x:t>
   </x:si>
   <x:si>