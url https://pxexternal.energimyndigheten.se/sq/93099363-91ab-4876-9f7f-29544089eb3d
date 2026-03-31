--- v4 (2026-03-11)
+++ v5 (2026-03-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R366c70e3821f4944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e9a7c043dd54e79831a2a07432fbe92.psmdcp" Id="Reb9463c8e3504d75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d9729fcb98c444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/614cce1970b74a1eac85dd070ab5e704.psmdcp" Id="R48fe8a359cf847d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0118_7" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Biodrivmedelsanvändningen inom transportsektorn (inrikes), TWh, 1997-</x:t>
   </x:si>
   <x:si>
     <x:t>TWh</x:t>
   </x:si>
   <x:si>