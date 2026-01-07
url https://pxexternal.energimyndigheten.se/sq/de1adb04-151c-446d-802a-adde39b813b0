--- v0 (2025-12-15)
+++ v1 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R984a40fac2b04c1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13c33013855d4535bd1f28a9b8cf6aac.psmdcp" Id="R1e202a190af040ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34833bf2974f40a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/356975e99e0943b78ae94336a27087d0.psmdcp" Id="Rbcfb185dd1c74e8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0116_3" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Skogsbrukets slutliga energianvändning, GWh, 2005-</x:t>
   </x:si>
   <x:si>
     <x:t>GWh</x:t>
   </x:si>
   <x:si>