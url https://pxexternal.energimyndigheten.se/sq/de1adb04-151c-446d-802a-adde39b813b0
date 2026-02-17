--- v1 (2026-01-07)
+++ v2 (2026-02-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34833bf2974f40a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/356975e99e0943b78ae94336a27087d0.psmdcp" Id="Rbcfb185dd1c74e8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2dab37bd0304656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1727b9e8d8e541649ffc61ccc2bc37f1.psmdcp" Id="Rc3978bc8c4d2418a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0116_3" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Skogsbrukets slutliga energianvändning, GWh, 2005-</x:t>
   </x:si>
   <x:si>
     <x:t>GWh</x:t>
   </x:si>
   <x:si>