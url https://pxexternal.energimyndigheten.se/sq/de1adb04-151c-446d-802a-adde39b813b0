--- v2 (2026-02-17)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2dab37bd0304656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1727b9e8d8e541649ffc61ccc2bc37f1.psmdcp" Id="Rc3978bc8c4d2418a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb184af4cdba447e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c40ee135d8424ee1aa2f16d0748c52ef.psmdcp" Id="Refde50a75ae24c2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0116_3" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Skogsbrukets slutliga energianvändning, GWh, 2005-</x:t>
   </x:si>
   <x:si>
     <x:t>GWh</x:t>
   </x:si>
   <x:si>