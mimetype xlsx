--- v0 (2026-01-12)
+++ v1 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d9364ce9e3f4932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa8c4e0cf3a14f7eb3b6456431ce6359.psmdcp" Id="Red0c82d96015489b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fad97720a77458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ac19a083f40d462bae0a09b77ee63547.psmdcp" Id="Rf35cc82dddbe4df6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0105_1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
   <x:si>
     <x:t>Antal verk, installerad effekt och elproduktion, hela landet, 1982-</x:t>
   </x:si>
   <x:si>
     <x:t>Antal verk, st</x:t>
   </x:si>
   <x:si>