--- v1 (2026-02-02)
+++ v2 (2026-02-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fad97720a77458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ac19a083f40d462bae0a09b77ee63547.psmdcp" Id="Rf35cc82dddbe4df6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R646532cd8cb949ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a45e08fc0e4443faae581084557132e6.psmdcp" Id="R18de5f2fe4764915" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0105_1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
   <x:si>
     <x:t>Antal verk, installerad effekt och elproduktion, hela landet, 1982-</x:t>
   </x:si>
   <x:si>
     <x:t>Antal verk, st</x:t>
   </x:si>
   <x:si>