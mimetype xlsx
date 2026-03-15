--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R646532cd8cb949ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a45e08fc0e4443faae581084557132e6.psmdcp" Id="R18de5f2fe4764915" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66ca210552aa4bf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e11b5adef17447279c16885b4f838aa3.psmdcp" Id="Rd1b4dcde4e524825" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0105_1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
   <x:si>
     <x:t>Antal verk, installerad effekt och elproduktion, hela landet, 1982-</x:t>
   </x:si>
   <x:si>
     <x:t>Antal verk, st</x:t>
   </x:si>
   <x:si>