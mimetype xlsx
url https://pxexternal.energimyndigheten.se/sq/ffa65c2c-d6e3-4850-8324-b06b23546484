--- v0 (2025-12-10)
+++ v1 (2026-01-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a7442b1449a4326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f2007266b5e45e69a97a3bb4866b568.psmdcp" Id="R6af0d9465d5b49ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19c228021ee84f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1103902a3a1147249bb1063f652d4bfd.psmdcp" Id="R179c78aaa6654b3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0113_7" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Total energianvändning inom mineral- och tillverkningsindustri, TWh, 2005-</x:t>
   </x:si>
   <x:si>
     <x:t>TWh</x:t>
   </x:si>
   <x:si>