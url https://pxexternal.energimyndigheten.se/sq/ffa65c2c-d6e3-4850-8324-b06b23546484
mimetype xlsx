--- v1 (2026-01-19)
+++ v2 (2026-02-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19c228021ee84f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1103902a3a1147249bb1063f652d4bfd.psmdcp" Id="R179c78aaa6654b3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9c30f8cde52430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/38b0d716e3d54b60b8c18af94c79991e.psmdcp" Id="Rcb56d064fe314b94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0113_7" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Total energianvändning inom mineral- och tillverkningsindustri, TWh, 2005-</x:t>
   </x:si>
   <x:si>
     <x:t>TWh</x:t>
   </x:si>
   <x:si>