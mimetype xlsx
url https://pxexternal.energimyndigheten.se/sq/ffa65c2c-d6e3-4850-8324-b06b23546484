--- v2 (2026-02-08)
+++ v3 (2026-02-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9c30f8cde52430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/38b0d716e3d54b60b8c18af94c79991e.psmdcp" Id="Rcb56d064fe314b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e2d00d81a3247d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7f65f869113418e8e720a76b76c5721.psmdcp" Id="R5ee490ce20f54c85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0113_7" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Total energianvändning inom mineral- och tillverkningsindustri, TWh, 2005-</x:t>
   </x:si>
   <x:si>
     <x:t>TWh</x:t>
   </x:si>
   <x:si>