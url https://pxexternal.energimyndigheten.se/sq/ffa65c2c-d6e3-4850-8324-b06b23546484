--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e2d00d81a3247d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7f65f869113418e8e720a76b76c5721.psmdcp" Id="R5ee490ce20f54c85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9f8affca1e543d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90337f2e86a14f43a10c872c158ff339.psmdcp" Id="R48cb0f5c33624602" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EN0113_7" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Total energianvändning inom mineral- och tillverkningsindustri, TWh, 2005-</x:t>
   </x:si>
   <x:si>
     <x:t>TWh</x:t>
   </x:si>
   <x:si>